--- v0 (2025-11-05)
+++ v1 (2026-02-13)
@@ -174,124 +174,138 @@
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00896000">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>DEL 2025</w:t>
       </w:r>
       <w:r w:rsidRPr="00A01DA8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64390D9D" w14:textId="7AFD3BE4" w:rsidR="00CB00C8" w:rsidRPr="00CB00C8" w:rsidRDefault="00CB00C8" w:rsidP="00CB00C8">
+    <w:p w14:paraId="6FB0E803" w14:textId="77777777" w:rsidR="00A01DA8" w:rsidRDefault="00A01DA8" w:rsidP="00A01DA8">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71F28C1A" w14:textId="77777777" w:rsidR="00A01DA8" w:rsidRPr="00A01DA8" w:rsidRDefault="00A01DA8" w:rsidP="00A01DA8">
+    <w:p w14:paraId="51FDF098" w14:textId="77777777" w:rsidR="00DC5A4C" w:rsidRDefault="00DC5A4C" w:rsidP="00A01DA8">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6FB0E803" w14:textId="77777777" w:rsidR="00A01DA8" w:rsidRPr="00A01DA8" w:rsidRDefault="00A01DA8" w:rsidP="00A01DA8">
+    <w:p w14:paraId="2D638802" w14:textId="77777777" w:rsidR="00DC5A4C" w:rsidRPr="00A01DA8" w:rsidRDefault="00DC5A4C" w:rsidP="00A01DA8">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D0D0F7" w14:textId="00F5C5C6" w:rsidR="00963140" w:rsidRPr="00F83B53" w:rsidRDefault="00963140" w:rsidP="00206FBD">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F83B53">
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>NOTAS DE GESTIÓN ADMINISTRATIVA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22ED8E77" w14:textId="77777777" w:rsidR="00963140" w:rsidRPr="00F83B53" w:rsidRDefault="00963140" w:rsidP="00963140">
+    <w:p w14:paraId="22ED8E77" w14:textId="33274F6B" w:rsidR="00963140" w:rsidRPr="00F83B53" w:rsidRDefault="00DC5A4C" w:rsidP="00963140">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC5669">
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>(Cifras en Pesos)</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="0E7F32F1" w14:textId="77777777" w:rsidR="00963140" w:rsidRPr="00F83B53" w:rsidRDefault="00963140" w:rsidP="00963140">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="519DF877" w14:textId="77777777" w:rsidR="00963140" w:rsidRPr="00F83B53" w:rsidRDefault="00C22C2F" w:rsidP="006B6FF7">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F83B53">
         <w:rPr>
@@ -3301,50 +3315,51 @@
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="145E27B9" w14:textId="77777777" w:rsidR="009A1991" w:rsidRDefault="009A1991" w:rsidP="00CE68D3">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="443ED017" w14:textId="1AB208D2" w:rsidR="005B3FCE" w:rsidRDefault="00C42918" w:rsidP="00CE68D3">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C42918">
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsia="Times New Roman" w:hAnsi="Franklin Gothic Book"/>
+          <w:noProof/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3B09199C" wp14:editId="1BED7EB4">
             <wp:extent cx="6689438" cy="1895475"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1470360169" name="Imagen 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1470360169" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
@@ -19086,104 +19101,105 @@
     </w:p>
     <w:p w14:paraId="49412A98" w14:textId="77777777" w:rsidR="008E6627" w:rsidRPr="00F83B53" w:rsidRDefault="008E6627" w:rsidP="00A748AE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="008E6627" w:rsidRPr="00F83B53" w:rsidSect="00CB00C8">
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="567" w:right="1134" w:bottom="1134" w:left="1134" w:header="851" w:footer="851" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="65CAF2D7" w14:textId="77777777" w:rsidR="007F3356" w:rsidRDefault="007F3356" w:rsidP="00DA106F">
+    <w:p w14:paraId="4665B857" w14:textId="77777777" w:rsidR="00273580" w:rsidRDefault="00273580" w:rsidP="00DA106F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7E9330FB" w14:textId="77777777" w:rsidR="007F3356" w:rsidRDefault="007F3356" w:rsidP="00DA106F">
+    <w:p w14:paraId="70128B6C" w14:textId="77777777" w:rsidR="00273580" w:rsidRDefault="00273580" w:rsidP="00DA106F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
+    <w:altName w:val="Cambria"/>
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Franklin Gothic Book">
     <w:panose1 w:val="020B0503020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -19210,58 +19226,58 @@
     </w:r>
     <w:r w:rsidR="0068219E">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="71BBE9C3" w14:textId="77777777" w:rsidR="00FB6582" w:rsidRDefault="00FB6582">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1F06D0C5" w14:textId="77777777" w:rsidR="007F3356" w:rsidRDefault="007F3356" w:rsidP="00DA106F">
+    <w:p w14:paraId="26B83D90" w14:textId="77777777" w:rsidR="00273580" w:rsidRDefault="00273580" w:rsidP="00DA106F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="54FC079D" w14:textId="77777777" w:rsidR="007F3356" w:rsidRDefault="007F3356" w:rsidP="00DA106F">
+    <w:p w14:paraId="7FE1B8A0" w14:textId="77777777" w:rsidR="00273580" w:rsidRDefault="00273580" w:rsidP="00DA106F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C235323"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="CCA6AC28"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="644"/>
         </w:tabs>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
@@ -23261,50 +23277,51 @@
   <w:num w:numId="31" w16cid:durableId="304167765">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1995210546">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="961882658">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="2136825669">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="828594841">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="993607281">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="25"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:doNotDisplayPageBoundaries/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
@@ -23356,50 +23373,51 @@
     <w:rsid w:val="001843C9"/>
     <w:rsid w:val="001910B3"/>
     <w:rsid w:val="00193317"/>
     <w:rsid w:val="001936E2"/>
     <w:rsid w:val="0019445D"/>
     <w:rsid w:val="001967EA"/>
     <w:rsid w:val="001A6A7F"/>
     <w:rsid w:val="001B2F71"/>
     <w:rsid w:val="001B5595"/>
     <w:rsid w:val="001C6F97"/>
     <w:rsid w:val="001E1BCA"/>
     <w:rsid w:val="001E2F71"/>
     <w:rsid w:val="001E40F0"/>
     <w:rsid w:val="00201EBC"/>
     <w:rsid w:val="00206FBD"/>
     <w:rsid w:val="002123B4"/>
     <w:rsid w:val="002264B0"/>
     <w:rsid w:val="00241C39"/>
     <w:rsid w:val="00243203"/>
     <w:rsid w:val="00245AE5"/>
     <w:rsid w:val="00252182"/>
     <w:rsid w:val="00261DA5"/>
     <w:rsid w:val="00263B69"/>
     <w:rsid w:val="00263DFB"/>
     <w:rsid w:val="0026593B"/>
+    <w:rsid w:val="00273580"/>
     <w:rsid w:val="0027423C"/>
     <w:rsid w:val="00280E19"/>
     <w:rsid w:val="00283388"/>
     <w:rsid w:val="00284B96"/>
     <w:rsid w:val="0028677D"/>
     <w:rsid w:val="002900E8"/>
     <w:rsid w:val="00292986"/>
     <w:rsid w:val="002A1553"/>
     <w:rsid w:val="002A3FED"/>
     <w:rsid w:val="002A72D9"/>
     <w:rsid w:val="002B316E"/>
     <w:rsid w:val="002B4008"/>
     <w:rsid w:val="002C6600"/>
     <w:rsid w:val="002D16E0"/>
     <w:rsid w:val="002D4251"/>
     <w:rsid w:val="002F25F0"/>
     <w:rsid w:val="003008C7"/>
     <w:rsid w:val="00310A6D"/>
     <w:rsid w:val="00310C6B"/>
     <w:rsid w:val="003126A1"/>
     <w:rsid w:val="0031341F"/>
     <w:rsid w:val="003254C2"/>
     <w:rsid w:val="00327BC7"/>
     <w:rsid w:val="0033229E"/>
     <w:rsid w:val="00333CE0"/>
@@ -23555,50 +23573,51 @@
     <w:rsid w:val="009563EB"/>
     <w:rsid w:val="009564FB"/>
     <w:rsid w:val="009606FF"/>
     <w:rsid w:val="00963140"/>
     <w:rsid w:val="00963541"/>
     <w:rsid w:val="0097160B"/>
     <w:rsid w:val="0098569B"/>
     <w:rsid w:val="00985A95"/>
     <w:rsid w:val="00990334"/>
     <w:rsid w:val="0099597B"/>
     <w:rsid w:val="009967A0"/>
     <w:rsid w:val="009A0684"/>
     <w:rsid w:val="009A1991"/>
     <w:rsid w:val="009A7348"/>
     <w:rsid w:val="009A7EC8"/>
     <w:rsid w:val="009B5509"/>
     <w:rsid w:val="009C0A83"/>
     <w:rsid w:val="009C52BF"/>
     <w:rsid w:val="009E2FC8"/>
     <w:rsid w:val="009E663D"/>
     <w:rsid w:val="009F612B"/>
     <w:rsid w:val="00A01DA8"/>
     <w:rsid w:val="00A04664"/>
     <w:rsid w:val="00A0791B"/>
     <w:rsid w:val="00A12BA2"/>
+    <w:rsid w:val="00A14304"/>
     <w:rsid w:val="00A15762"/>
     <w:rsid w:val="00A17E22"/>
     <w:rsid w:val="00A212B9"/>
     <w:rsid w:val="00A24B7C"/>
     <w:rsid w:val="00A25B62"/>
     <w:rsid w:val="00A26642"/>
     <w:rsid w:val="00A3038C"/>
     <w:rsid w:val="00A37C72"/>
     <w:rsid w:val="00A46D8D"/>
     <w:rsid w:val="00A52747"/>
     <w:rsid w:val="00A5308D"/>
     <w:rsid w:val="00A56B66"/>
     <w:rsid w:val="00A748AE"/>
     <w:rsid w:val="00A8061E"/>
     <w:rsid w:val="00A870DB"/>
     <w:rsid w:val="00AB6162"/>
     <w:rsid w:val="00AC1B48"/>
     <w:rsid w:val="00AC1F02"/>
     <w:rsid w:val="00AC3777"/>
     <w:rsid w:val="00AE2B8D"/>
     <w:rsid w:val="00AE3419"/>
     <w:rsid w:val="00B01404"/>
     <w:rsid w:val="00B24020"/>
     <w:rsid w:val="00B435A9"/>
     <w:rsid w:val="00B502A3"/>
@@ -23614,74 +23633,76 @@
     <w:rsid w:val="00BB4C26"/>
     <w:rsid w:val="00BC51FC"/>
     <w:rsid w:val="00BD419B"/>
     <w:rsid w:val="00BD4DC6"/>
     <w:rsid w:val="00BE4589"/>
     <w:rsid w:val="00BE5A7F"/>
     <w:rsid w:val="00C1776A"/>
     <w:rsid w:val="00C22C2F"/>
     <w:rsid w:val="00C23E09"/>
     <w:rsid w:val="00C32B0D"/>
     <w:rsid w:val="00C400AC"/>
     <w:rsid w:val="00C4211A"/>
     <w:rsid w:val="00C42918"/>
     <w:rsid w:val="00C57D83"/>
     <w:rsid w:val="00C64D11"/>
     <w:rsid w:val="00C70742"/>
     <w:rsid w:val="00C7540E"/>
     <w:rsid w:val="00C83296"/>
     <w:rsid w:val="00C87F99"/>
     <w:rsid w:val="00C964F1"/>
     <w:rsid w:val="00C96761"/>
     <w:rsid w:val="00C978C2"/>
     <w:rsid w:val="00CA2C8D"/>
     <w:rsid w:val="00CB00C8"/>
     <w:rsid w:val="00CC1F2E"/>
+    <w:rsid w:val="00CC5669"/>
     <w:rsid w:val="00CC6162"/>
     <w:rsid w:val="00CC74F4"/>
     <w:rsid w:val="00CC767E"/>
     <w:rsid w:val="00CD2D6A"/>
     <w:rsid w:val="00CD580A"/>
     <w:rsid w:val="00CD79DC"/>
     <w:rsid w:val="00CE145E"/>
     <w:rsid w:val="00CE68D3"/>
     <w:rsid w:val="00D00EB1"/>
     <w:rsid w:val="00D2158D"/>
     <w:rsid w:val="00D276D7"/>
     <w:rsid w:val="00D423EF"/>
     <w:rsid w:val="00D51686"/>
     <w:rsid w:val="00D562BA"/>
     <w:rsid w:val="00D56989"/>
     <w:rsid w:val="00D755A1"/>
     <w:rsid w:val="00D805D6"/>
     <w:rsid w:val="00D97862"/>
     <w:rsid w:val="00DA106F"/>
     <w:rsid w:val="00DA109E"/>
     <w:rsid w:val="00DB4731"/>
     <w:rsid w:val="00DB6721"/>
     <w:rsid w:val="00DB70F6"/>
     <w:rsid w:val="00DC1589"/>
+    <w:rsid w:val="00DC5A4C"/>
     <w:rsid w:val="00DC6F64"/>
     <w:rsid w:val="00DD1B22"/>
     <w:rsid w:val="00DD3E04"/>
     <w:rsid w:val="00DD481C"/>
     <w:rsid w:val="00DE08CA"/>
     <w:rsid w:val="00DE48AE"/>
     <w:rsid w:val="00DE7E6C"/>
     <w:rsid w:val="00DF394B"/>
     <w:rsid w:val="00DF7C4C"/>
     <w:rsid w:val="00E01133"/>
     <w:rsid w:val="00E1249B"/>
     <w:rsid w:val="00E149FC"/>
     <w:rsid w:val="00E21E2D"/>
     <w:rsid w:val="00E234C2"/>
     <w:rsid w:val="00E2393D"/>
     <w:rsid w:val="00E260C6"/>
     <w:rsid w:val="00E2636D"/>
     <w:rsid w:val="00E41D2C"/>
     <w:rsid w:val="00E4417B"/>
     <w:rsid w:val="00E520B5"/>
     <w:rsid w:val="00E54D3B"/>
     <w:rsid w:val="00E7155C"/>
     <w:rsid w:val="00E71C3D"/>
     <w:rsid w:val="00E75F38"/>
     <w:rsid w:val="00E804BA"/>
@@ -29980,66 +30001,66 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9936C035-AC7E-448E-85A4-19A3579B27A8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>9.2 Notas d.dot</Template>
   <TotalTime></TotalTime>
   <Pages>18</Pages>
-  <Words>5833</Words>
-  <Characters>32086</Characters>
+  <Words>5838</Words>
+  <Characters>32110</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>267</Lines>
   <Paragraphs>75</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company> </Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>37844</CharactersWithSpaces>
+  <CharactersWithSpaces>37873</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Clarisa</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>